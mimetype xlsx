--- v0 (2025-12-07)
+++ v1 (2025-12-21)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>Knowledge Products from Benefit-Sharing Fund projects</t>
   </si>
   <si>
-    <t>Knowledge Products extracted on 2025-12-07 15:40:02</t>
+    <t>Knowledge Products extracted on 2025-12-21 08:57:38</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Keywords</t>
   </si>
   <si>
     <t>Crops</t>
   </si>
   <si>
     <t>Countries</t>
   </si>
   <si>
     <t>10.5281/zenodo.13880585</t>
   </si>
   <si>
     <t>Sequía Meteorólogica en Uruguay</t>
   </si>
@@ -1086,50 +1086,80 @@
     <t>Llojet autoktone të misrit në rajonin Pukë</t>
   </si>
   <si>
     <t>This leaflet was produced in the framework of the project "Identification, evaluation and genetic improvement of some local crop varieties to face with impact of climate change, increase the productivity, food security and on-farm incomes, for poor farmers in remote mountainous areas in Albania" funded by the 4th cycle of the Benefit Sharing Fund (BSF) of the International Treaty on Plant Genetic Resources for Food and Agriculture ( ITPGRFA). The project aimed at introducing improved local varieties of maize and beans and worked towards the identification of local varieties of maize and beans, their collection, characterization, selection and pre-breeding including on-farm multiplication of  improved varieties of maize and bean. This leaflet is a summary description of the indigenous maize varieties identified by project staff in the Pukë region of Albania. It highlights the morphological characteristics of different maize varieties, their growing period and ideal growing conditions, including farming technologies.    </t>
   </si>
   <si>
     <t>Conservation; Farmers; Crop diversity; Breeding; Production; Characterization and evaluation; Native varieties</t>
   </si>
   <si>
     <t>Maize; Beans</t>
   </si>
   <si>
     <t>10.5281/zenodo.15006083</t>
   </si>
   <si>
     <t>Ex Situ Diversity of Sorghum bicolor (L.) moench Collections and Derived Wide Crosses (sorghum x maize) Based on DArTSeq Markers</t>
   </si>
   <si>
     <t>Sorghum is an important crop in sub-Saharan Africa. However, despite its importance, sorghum continues to have limited research attention and priority and is categorised as one of the Neglected and Underutilised Species. Paucity of current information on genetic diversity and structure of sorghum accessions being cultivated, improved, introduced, and or conserved across east and southern Africa remains limiting. Ex situ genetic diversity and population structure for 177 sorghum accessions from diverse sources was studied using high throughput Diversity Array Technology markers. A total of 30,030 SilicoDArT markers and 15,220 DArTseq SNP markers were generated with over 90% call rate and 95% reproducibility. DArTseq SNP markers had an average polymorphic information content of 0.21 indicating the discriminatory power of DArTSeq markers. Genetic relationships estimated using discriminant analysis of principal components and ancestry coefficients revealed four major clusters with eight subclusters. Observed heterozygosity was lower than the expected heterozygosity across populations with a mean inbreeding coefficient (F IS ) of 0.82. Analysis of molecular variance found 83% of the variation to be attributed to within-population variance. A high divergence (F st = 0.16) obtained from AMOVA suggests high genetic differentiation among populations. Genetic diversity indices Shannon-wiener index (H) (3.37 – 3.95), Stoddard and Taylor index (G) (29 – 52) and Simpson’s index (l - Lambda) (0.90 -0.99) were high across populations. Nei’s unbiased gene diversity ranged from 0.13 - 0.23. The results suggest a high differentiation among sorghum accessions under study. Implications with respect to insights to guide identification, selection and testing of plant genetic resources for food and agriculture with unique genes and traits to address demand-led crop improvement and market needs, conservation, and deployment in farmer fields are shared. This study was undertaken as part of the project Harnessing dryland legume and cereal genetic resources for food and nutrition security and resilient farming systems in Malawi and Zambia funded in the 4 th cycle of the Benefit Sharing Fund (BSF) of the International Treaty on Plant Genetic Treaty on Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organization (FAO).</t>
   </si>
   <si>
     <t>Genomics; Underutilized crops; Adaptation; Farmers; Breeding; Markets; Conservation; Ex situ conservation</t>
   </si>
   <si>
     <t>Uganda; Zambia</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.17898842</t>
+  </si>
+  <si>
+    <t>On-farm Reproduction of Coconut Palms for Breeding, Seednut Production and In-situ Conservation: A guide for coconut farmers to better conserve, breed, use and market their coconut seednuts</t>
+  </si>
+  <si>
+    <t>Training farmers to undertake coconut pollination independently represents a shift in approach. When farmers understand coconut-palm reproduction and how to make hybrids, they may more easily accept hybrids produced elsewhere. Today, coconut seednut supply falls far short of current demand. A simple technique of pollination provides a means for farmers to take better control of the diversity they have created across generations. This guide recommends a dual strategy that encompasses both: 1) seednut production at the small-scale level, by farmers trained to use simple and inexpensive pollination techniques; and 2) the establishment of larger seed gardens to produce hybrids on a commercial scale which, despite higher production costs, will ensure a more consistent and larger supply of seednuts. As knowledge of coconut reproductive biology is essential to conservation and breeding, this guide provides coconut farmers with simple, alternative methods to control pollination at the small-scale level. It should be noted, however, that these untested methods must first be fully developed and validated in the framework of new participatory projects involving farmers, scientists, extensionists, and the private sector. Such testing is made possible by this guide through the availability and accessibility of information crucial to the conservation and use of coconut varieties. This includes information on developing illustrated varietal catalogues, and exchanging knowledge on variety classification, reproductive biology, and seednut production methods. In addition, key concepts, such as the coconut eco-museum, are introduced, alongside ways to merge tourism, agriculture, education, and business. By teaching farmers to produce their own seednuts, moreover, this guide seeks to support farmers’ acceptance of hybrids more broadly. Finally, by providing measures to increase coconut seednut production, the guide aims to boost global supply in order to better meet current demand.</t>
+  </si>
+  <si>
+    <t>Breeding; Production; In situ conservation; Farmers; Livelihoods; Conservation; Value chain; Markets; Farmers practices; Participatory variety selection</t>
+  </si>
+  <si>
+    <t>Oilseed</t>
+  </si>
+  <si>
+    <t>Fiji</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.17899331</t>
+  </si>
+  <si>
+    <t>Factsheet no. 4 Simple Hand Pollination for Coconut Palms</t>
+  </si>
+  <si>
+    <t>This factsheet explains how farmers can use simple hand-pollination techniques to produce better-quality coconut seednuts. It describes why hand pollination is useful, how to isolate female flowers to control which palm provides pollen, and two practical methods: bagging individual flowers and bagging the whole inflorescence. The factsheet also outlines how to collect pollen, apply it correctly, and tag developing coconuts for later quality control. It is designed to help farmers improve local varieties and create stronger, more productive coconut palms using low-cost tools and easy steps.</t>
+  </si>
+  <si>
+    <t>Farmers; Breeding; Production; Farmers practices</t>
   </si>
   <si>
     <t>10.5281/zenodo.15088473</t>
   </si>
   <si>
     <t>Millets: Traditional "Poor  Man's" Crop or Future Smart  Nutri-Cereals?</t>
   </si>
   <si>
     <t>Millets represent a diverse group of cereal crops of significance to sub-Saharan Africa and globally. However, they remain a set of crops with limited attention and priority paid to them with paucity of information on their genetic diversity and sustainable use. Existing knowledge on millets with respect to cultivation, health, and nutritional benefits, and contribution to sustainable environmental management, and use is mainly attributed to traditional indigenous knowledge held by rural folks in different regions of the continent. The emergence of other cereal staples, however, led to millets losing their place as an important crop limiting their use to a “famine” crop with production occurring on smallholdings among the marginalized poor. This threatens interest, patronage, conservation and use to sustainably and fully exploit the potential of millets for the benefit of society. Intertwined with tradition and culture, millets in sub-Saharan Africa and elsewhere nonetheless hold great promise to contribute to food security, revitalize and diversify diets, improve farmer livelihoods, resilience, and adaptation to climate change. This chapter discusses the importance of millets, challenges to production, contribution to nutrition and health, traditional knowledge and products, novel and non-traditional products, contribution to resilience and climate change, and diversity of available genetic resources. This book chapter was elaborated with support from the project “ Harnessing dryland legume and cereal genetic resources for food and nutrition security and resilient farming systems in Malawi and Zambia” funded in the 4 th cycle of the Benefit Sharing Fund (BSF) of the International Treaty on Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organization (FAO).</t>
   </si>
   <si>
     <t>Nutrition; Health; Adaptation; Traditional knowledge; Value chain; Resilience; Climate change</t>
   </si>
   <si>
     <t>Small grains; Cereals; Millet</t>
   </si>
   <si>
     <t>Uganda; Zimbabwe</t>
   </si>
   <si>
     <t>10.5281/zenodo.16891051</t>
   </si>
   <si>
     <t>Sustainable Utilization and Conservation of Plant Genetic Diversity: A Case Study from Serbia. In: Sustainable utilization and conservation of plant genetic diversity (pg.485-550)</t>
   </si>
@@ -1702,59 +1732,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13880585" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000111" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13311660" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13353539" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350706" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12734061" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999922" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14975179" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13880463" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724792" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13322592" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999558" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000224" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350619" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14981211" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980785" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999353" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14981407" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13349355" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14979357" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088400" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13627662" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742555" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989549" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14975277" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13829902" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000152" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088283" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350741" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12730989" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350819" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989930" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14966184" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13342732" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989275" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980287" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724297" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889156" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350596" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967605" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724959" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12731441" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14982685" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350515" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15084219" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17241920" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989445" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724523" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13886432" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889221" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13330614" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999488" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725688" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13354124" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725903" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13343319" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889087" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000380" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980030" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12732427" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974541" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13886943" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13887048" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12732262" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12723635" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889115" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974621" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12731132" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967178" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12733224" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13347800" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974400" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725196" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967389" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13349560" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15006083" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088473" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16891051" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16934187" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16894390" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16891082" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16934260" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16897807" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17106839" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17241186" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17236407" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742369" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742163" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13880585" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000111" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13311660" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13353539" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350706" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12734061" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999922" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14975179" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13880463" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724792" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13322592" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999558" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000224" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350619" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14981211" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980785" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999353" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14981407" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13349355" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14979357" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088400" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13627662" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742555" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989549" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14975277" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13829902" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000152" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088283" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350741" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12730989" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350819" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989930" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14966184" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13342732" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989275" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980287" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724297" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889156" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350596" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967605" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724959" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12731441" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14982685" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350515" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15084219" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17241920" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989445" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724523" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13886432" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889221" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13330614" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999488" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725688" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13354124" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725903" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13343319" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889087" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000380" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980030" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12732427" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974541" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13886943" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13887048" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12732262" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12723635" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889115" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974621" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12731132" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967178" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12733224" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13347800" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974400" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725196" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967389" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13349560" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15006083" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17898842" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17899331" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088473" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16891051" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16934187" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16894390" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16891082" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16934260" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16897807" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17106839" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17241186" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17236407" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742369" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742163" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G93"/>
+  <dimension ref="A1:G95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="8.83203125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.83203125" customWidth="true" style="1"/>
     <col min="2" max="2" width="47.5" customWidth="true" style="1"/>
     <col min="3" max="3" width="78.83203125" customWidth="true" style="1"/>
     <col min="4" max="4" width="25.6640625" customWidth="true" style="1"/>
     <col min="5" max="5" width="17.6640625" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" customHeight="1" ht="32">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
     </row>
@@ -3298,245 +3328,285 @@
       </c>
       <c r="D82" s="8" t="s">
         <v>361</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>362</v>
       </c>
       <c r="F82" s="8" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="7" t="s">
         <v>364</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>365</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>366</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>367</v>
       </c>
       <c r="E83" s="8" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F83" s="8" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="7" t="s">
+        <v>368</v>
+      </c>
+      <c r="B84" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="C84" s="8" t="s">
         <v>370</v>
       </c>
-      <c r="B84" s="8" t="s">
+      <c r="D84" s="8" t="s">
         <v>371</v>
       </c>
-      <c r="C84" s="8" t="s">
+      <c r="E84" s="8" t="s">
         <v>372</v>
       </c>
-      <c r="D84" s="8" t="s">
+      <c r="F84" s="8" t="s">
         <v>373</v>
-      </c>
-[...4 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="7" t="s">
+        <v>374</v>
+      </c>
+      <c r="B85" s="8" t="s">
         <v>375</v>
       </c>
-      <c r="B85" s="8" t="s">
+      <c r="C85" s="8" t="s">
         <v>376</v>
       </c>
-      <c r="C85" s="8" t="s">
+      <c r="D85" s="8" t="s">
         <v>377</v>
       </c>
-      <c r="D85" s="8" t="s">
+      <c r="E85" s="8" t="s">
         <v>378</v>
       </c>
-      <c r="E85" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" s="8" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="7" t="s">
+        <v>380</v>
+      </c>
+      <c r="B86" s="8" t="s">
+        <v>381</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>382</v>
+      </c>
+      <c r="D86" s="8" t="s">
+        <v>383</v>
+      </c>
+      <c r="E86" s="8" t="s">
+        <v>384</v>
+      </c>
+      <c r="F86" s="8" t="s">
         <v>379</v>
-      </c>
-[...11 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="7" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E87" s="8" t="s">
         <v>47</v>
       </c>
       <c r="F87" s="8" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="7" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="E88" s="8"/>
       <c r="F88" s="8" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="7" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D89" s="8" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E89" s="8" t="s">
-        <v>396</v>
+        <v>47</v>
       </c>
       <c r="F89" s="8" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="7" t="s">
         <v>398</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>399</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>400</v>
       </c>
       <c r="D90" s="8" t="s">
         <v>401</v>
       </c>
-      <c r="E90" s="8"/>
-      <c r="F90" s="8"/>
+      <c r="E90" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F90" s="8" t="s">
+        <v>379</v>
+      </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="7" t="s">
         <v>402</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>403</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>404</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>405</v>
       </c>
-      <c r="E91" s="8"/>
+      <c r="E91" s="8" t="s">
+        <v>406</v>
+      </c>
       <c r="F91" s="8" t="s">
-        <v>339</v>
+        <v>407</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="7" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>409</v>
-[...6 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="E92" s="8"/>
+      <c r="F92" s="8"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="7" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="E93" s="8" t="s">
         <v>415</v>
       </c>
+      <c r="E93" s="8"/>
       <c r="F93" s="8" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7">
+      <c r="A94" s="7" t="s">
+        <v>416</v>
+      </c>
+      <c r="B94" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>418</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>419</v>
+      </c>
+      <c r="E94" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="F94" s="8" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="B95" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="D95" s="8" t="s">
+        <v>424</v>
+      </c>
+      <c r="E95" s="8" t="s">
+        <v>425</v>
+      </c>
+      <c r="F95" s="8" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_15"/>
@@ -3591,50 +3661,52 @@
     <hyperlink ref="A69" r:id="rId_hyperlink_64"/>
     <hyperlink ref="A70" r:id="rId_hyperlink_65"/>
     <hyperlink ref="A71" r:id="rId_hyperlink_66"/>
     <hyperlink ref="A72" r:id="rId_hyperlink_67"/>
     <hyperlink ref="A73" r:id="rId_hyperlink_68"/>
     <hyperlink ref="A74" r:id="rId_hyperlink_69"/>
     <hyperlink ref="A75" r:id="rId_hyperlink_70"/>
     <hyperlink ref="A76" r:id="rId_hyperlink_71"/>
     <hyperlink ref="A77" r:id="rId_hyperlink_72"/>
     <hyperlink ref="A78" r:id="rId_hyperlink_73"/>
     <hyperlink ref="A79" r:id="rId_hyperlink_74"/>
     <hyperlink ref="A80" r:id="rId_hyperlink_75"/>
     <hyperlink ref="A81" r:id="rId_hyperlink_76"/>
     <hyperlink ref="A82" r:id="rId_hyperlink_77"/>
     <hyperlink ref="A83" r:id="rId_hyperlink_78"/>
     <hyperlink ref="A84" r:id="rId_hyperlink_79"/>
     <hyperlink ref="A85" r:id="rId_hyperlink_80"/>
     <hyperlink ref="A86" r:id="rId_hyperlink_81"/>
     <hyperlink ref="A87" r:id="rId_hyperlink_82"/>
     <hyperlink ref="A88" r:id="rId_hyperlink_83"/>
     <hyperlink ref="A89" r:id="rId_hyperlink_84"/>
     <hyperlink ref="A90" r:id="rId_hyperlink_85"/>
     <hyperlink ref="A91" r:id="rId_hyperlink_86"/>
     <hyperlink ref="A92" r:id="rId_hyperlink_87"/>
     <hyperlink ref="A93" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="A94" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="A95" r:id="rId_hyperlink_90"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>