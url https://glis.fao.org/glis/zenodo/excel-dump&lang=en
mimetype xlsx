--- v1 (2025-12-21)
+++ v2 (2026-01-12)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>Knowledge Products from Benefit-Sharing Fund projects</t>
   </si>
   <si>
-    <t>Knowledge Products extracted on 2025-12-21 08:57:38</t>
+    <t>Knowledge Products extracted on 2026-01-12 01:07:57</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Keywords</t>
   </si>
   <si>
     <t>Crops</t>
   </si>
   <si>
     <t>Countries</t>
   </si>
   <si>
     <t>10.5281/zenodo.13880585</t>
   </si>
   <si>
     <t>Sequía Meteorólogica en Uruguay</t>
   </si>