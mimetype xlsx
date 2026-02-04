--- v2 (2026-01-12)
+++ v3 (2026-02-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>Knowledge Products from Benefit-Sharing Fund projects</t>
   </si>
   <si>
-    <t>Knowledge Products extracted on 2026-01-12 01:07:57</t>
+    <t>Knowledge Products extracted on 2026-02-04 02:29:35</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Keywords</t>
   </si>
   <si>
     <t>Crops</t>
   </si>
   <si>
     <t>Countries</t>
   </si>
   <si>
     <t>10.5281/zenodo.13880585</t>
   </si>
   <si>
     <t>Sequía Meteorólogica en Uruguay</t>
   </si>