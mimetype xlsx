--- v3 (2026-02-04)
+++ v4 (2026-03-11)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>Knowledge Products from Benefit-Sharing Fund projects</t>
   </si>
   <si>
-    <t>Knowledge Products extracted on 2026-02-04 02:29:35</t>
+    <t>Knowledge Products extracted on 2026-03-11 17:47:17</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Keywords</t>
   </si>
   <si>
     <t>Crops</t>
   </si>
   <si>
     <t>Countries</t>
   </si>
   <si>
     <t>10.5281/zenodo.13880585</t>
   </si>
   <si>
     <t>Sequía Meteorólogica en Uruguay</t>
   </si>